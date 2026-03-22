--- v0 (2025-12-13)
+++ v1 (2026-03-22)
@@ -54,787 +54,787 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Pedro Dias da Silva</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_01_de_25_de_marco_de_2022.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_01_de_25_de_marco_de_2022.pdf</t>
   </si>
   <si>
     <t>Estabelece procedimentos para concessão do parcelamento especial fiscal, com dispensa de juros e multas, nas condições que indica e dá outras providências.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_n_02_de_25_de_marco_de_2022.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_n_02_de_25_de_marco_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da lei 358/2015 que dispõe sobre a Constituição do Serviço de Inspeção Municipal e os procedimentos inspeção sanitária em estabelecimentos que produzem produtos de origem animal  no Município de Caculé/BA e dá outras providências."</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/53/projeto_de_lei_n03_de_30_de_marco_de_2022.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/53/projeto_de_lei_n03_de_30_de_marco_de_2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Sistema Municipal de cultura do município de Caculé seus objetivos, estrutura, organização, gestão, e dá outras providências."</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/54/projeto_de_lei_n_04_de_05_de_abril_de_2022.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/54/projeto_de_lei_n_04_de_05_de_abril_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial dos Servidores Públicos do município de Caculé e dá outras providências.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_de_lei_n_07_de_23_de_maio_de_2022.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_de_lei_n_07_de_23_de_maio_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para doação de imóvel/terreno de propriedade do município de Caculé ao Estado da Bahia (Secretária de Segurança Pública) para fins de construção de Delegacia (Complexo Policial) na cidade de Caculé e dá outras providências.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/</t>
+    <t>http://sapl.cacule.ba.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a texto da Lei Municipal N®. 313/2013 e a tabela de Composição Salarial do Anexo Ill da Lei N°. 433/2021 no sentido de conceder reajuste de vencimentos aos ocupantes de cargos de magistério para adequar ao piso salarial nacional dos profissionais do magistério_x000D_
 público da educação básica , nos termos que preconiza a Portaria n° 67, de 04 de fevereiro de 2022 -MEC.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Autoriza a Poder Executivo Municipal a proceder com a doação sem encargo do imóvel publico que especifica ao Estado da Bahia para construção da Nova Sede do Colégio Estadual Norberto Fernandes e da outras providencias.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_lei_n10_de_20_de_agosto_2022.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_lei_n10_de_20_de_agosto_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n° 431 de de 20 de Agosto de 2021 que fixou o piso salarial dos Agentes Comunitários de saúde e Agente de Combate Endemias do município de Caculé e dá outras providências.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>" Declara como de utilidade publica a concessão de subversão social, auxílio de contribuição através de repasse financeiro á  AFFA- Associação Filarmônica  Francisco Amaral. atuante na área cultural que específica e dá outras providências.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/62/projeto_de_lei_n__14_de_20_de_junho_de_2022.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/62/projeto_de_lei_n__14_de_20_de_junho_de_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n°449 de 20 de Junho de 2022 que autorizou a doação de imóvel/terreno de propriedade do município de Caculé ao Estado da Bahia ( Secretária de Segurança Publica) para fins de construção de Delegacia (Complexo Policial) na cidade de Caculé. e dá outras providências.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_n_15_de_24_de_outubro_de_2022.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_n_15_de_24_de_outubro_de_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para doação de imóvel/terreno de propriedade do município de Caculé ao Estado da Bahia ( Secretária de Segurança Publica) para fins de construção de imóvel destinado  Policia Civil do Estado da Bahia e dá outras providências.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/64/projeto_de_lei_no_18_de_novembro_2022.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/64/projeto_de_lei_no_18_de_novembro_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para concessão de subvenção social, auxílio e contribuição através de repasse financeiro a entidade sem fins lucrativos atuante na área na Cultura que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/162/indicacao_n_05.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/162/indicacao_n_05.pdf</t>
   </si>
   <si>
     <t>Dispõe que a Rua 05, no bairro da Jureminha, tenha o nome do saudoso Antonio Francisco de Brito, conhecido como 'Tõe Sapateiro."</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>JEOVANE COSTA</t>
   </si>
   <si>
     <t>"Construção de redutor de velocidade ( quebra-molas) na Rua Zeferino Carinhanha, bairro Alto da Boa Vista. "</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_n_2.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_n_2.pdf</t>
   </si>
   <si>
     <t>" Construção de redutor de velocidade (quebra-molas) na Avenida Copacabana."</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>MANOEL INÁCIO</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/149/indicacao_n03.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/149/indicacao_n03.pdf</t>
   </si>
   <si>
     <t>"Atribui ao nome de Isabel Porto Sobrinho a Creche localizada no Povoado da Várzea Grande, neste município."</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/150/indicacao_n_04.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/150/indicacao_n_04.pdf</t>
   </si>
   <si>
     <t>"Atribui o nome Felinto Pereira da Silva ao cemitério municipal, localizado no Povoado da Várzea Grande, neste município. "</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>FÁBIO ROCHA DE BRITO</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_n_05.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_n_05.pdf</t>
   </si>
   <si>
     <t>Sugiro que a rua 05 que se localiza no novo bairro da Jureminha seja nomeada de Antônio Francisco de Brito, conhecido como 'Tôe Sapateiro.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/242/indicacao_n_06.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/242/indicacao_n_06.pdf</t>
   </si>
   <si>
     <t>Dispõe que a Rua 01, no bairro da Jureminha, seja nomeada de Cosme Fernandes dos Santo.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_n07.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_n07.pdf</t>
   </si>
   <si>
     <t>Sugeri ao Poder Executivo Municipal que a Rua 03 no novo bairro da Jureminha, seja nomeada como José Dias da Silva, que foi muito conhecido como' Zé de Ozório.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_n_08.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_n_08.pdf</t>
   </si>
   <si>
     <t>Dispõe que a Rua 07, no bairro da Jureminha, seja nomeada de Josué Alves Dias.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/158/indicacao_n09.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/158/indicacao_n09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reforma e adequação colocação de tabela para basquete, redes traves, rede para voleibol e bolas) na quadra poliesportiva da Comunidade do Araçá.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/157/indicacao_n__10.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/157/indicacao_n__10.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reforma e adequação colocação de tabela para basquete, redes traves, rede para voleibol e bolas) na quadra poliesportiva da Comunidade do Alegre.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_n_05.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_n_05.pdf</t>
   </si>
   <si>
     <t>Dispõe que seja implantado na Praga Miguel da Silva Machado, no bairro Lagoa das Pedras um parque infantil e a instalação de uma academia ao ar livre.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/244/indicacao_n_12.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/244/indicacao_n_12.pdf</t>
   </si>
   <si>
     <t>Dispõe que a Rua 06, no bairro da Jureminha, seja nomeada de Egídio Justinano dos Santos."</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_n_13.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_n_13.pdf</t>
   </si>
   <si>
     <t>"Dispõe que a Rua 04, no bairro da Jureminha, tenha o nome do saudoso Amaro Gonçalves de Freitas, conhecido como "Mario da Bicicleta"</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>ANDERSON RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/153/indicacao_n14.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/153/indicacao_n14.pdf</t>
   </si>
   <si>
     <t>Construção de quadra poliesportiva, na Comunidade do Tamburilzinho.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/152/indicacao_n_15.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/152/indicacao_n_15.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reforma da quadra poliesportiva da Comunidade Lagoa Feia.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/164/indicacao_n_16.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/164/indicacao_n_16.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reforma no PSF no Povoado da  Várzea Grande.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>AILTON LOPES</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/166/indicacao_n_17.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/166/indicacao_n_17.pdf</t>
   </si>
   <si>
     <t>Dispõe que a Rua 08 que se localiza no bairro da Jureminha seja nomeada de Aprígio Fialho, conhecido como Aprígio</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/167/indicacao_n18.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/167/indicacao_n18.pdf</t>
   </si>
   <si>
     <t>Dispõe que a Rua 02 que se localiza no bairro da Jureminha seja nomeada de Adalto Baleeiro conhecido como Sr. Adalto.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/246/indicacao_n_19.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/246/indicacao_n_19.pdf</t>
   </si>
   <si>
     <t>Dispõe que a Rua 09, no bairro da Jureminha, seja nomeada pelo nome da saudosa professora Olga Maria dos Santos.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/169/indicacao_n_20.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/169/indicacao_n_20.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Avenida que se inicia na rua Rodrigo Ferreira Neves, bairro Lagoa de cima e finaliza no Bairro Jureminha, de Avenida Placidino Sousa Lisboa.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/170/indicacao_n__21.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/170/indicacao_n__21.pdf</t>
   </si>
   <si>
     <t>Nomeação da rua que se inicia na esquina da Rua Eleuterio Tavares com a  Praça do Cemitério, localizada no Loteamento Pinheirais, bairro São Cristovão, ao fundo da Cerâmica Caculeense, de Rua José Marcos Santos.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Comissão Diretota - CM</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/171/indicacao_n__21.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/171/indicacao_n__21.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Sala de Reuniões com o nome da Vereadora Neusa Fernandes Pereira Pinheiro Brito.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/172/indicacao_n_23.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/172/indicacao_n_23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a pavimentação da Rua Edite Sales Bahiana P/ Sousa, S/N, bairro Copacabana.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/173/indicacao_n_24.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/173/indicacao_n_24.pdf</t>
   </si>
   <si>
     <t>Manutenção e pavimentação da Rua Antonio Rosa de Azevedo, bairro Copacabana.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/174/indicacao_n_25.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/174/indicacao_n_25.pdf</t>
   </si>
   <si>
     <t>Manutenção e pavimentação da Rua Novo Mundo, bairro Alto da Boa Vista II.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/176/indicacao_n_27.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/176/indicacao_n_27.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre demarcação de faixa de pedestre, iniciando na Praça da lagoa sentindo Clube de Campo.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>EDMILSON COUTINHO</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/177/indicacao_n_28.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/177/indicacao_n_28.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre fixar o Piso salarial dos Enfermeiros, Técnicos e Auxiliares de Enfermagem , no município de Caculé.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>JOANA D'ARC</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/178/indicacao_n_29.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/178/indicacao_n_29.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre reforma dos cruzeiros localizados no cemitério municipal de Caculé, visto que o cruzeiro do antigo cemitério está deteriorado, sugiro que faça um cruzeiro com cobertura. "</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/179/indicacao_n_30.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/179/indicacao_n_30.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  criação de quebra molas na via da BR-617 (Comunidade Tamburiozinho), tendo como referencia que seja feito um em frente a padaria, e outro em frente a casa dos Borges.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/183/indicacao_n_31.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/183/indicacao_n_31.pdf</t>
   </si>
   <si>
     <t>Dispõe que seja feita a pavimentação do cemitério de Caculé.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/184/indicacao_n_32.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/184/indicacao_n_32.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação da rua que é travessa da rua Dionísia Maria Silva, primeira esquerda, bairro Copacabana, de Antonio Moreira de Souza."</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_resolucao_n01.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_resolucao_n01.pdf</t>
   </si>
   <si>
     <t>"Concede Diploma de Honra ao Mérito a Sra. Alessandra Rodrigues da Silva"</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>ALESSANDRO FIGUEIREDO</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/69/projeto_de_resolucao_n_02.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/69/projeto_de_resolucao_n_02.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Sr. Vitor Hugo Figueiredo Santos”</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_resolucao_n_03.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_resolucao_n_03.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Sra. Dilma Gomes Brito”</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>PAULO HENRIQUE</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_resolucao_n04.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_resolucao_n04.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Sr. José Luciano Santos Ribeiro”</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_resolucao_n05.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_resolucao_n05.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Sr. Pedro Dias da Silva ”</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>LUIZ CARLOS</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_resolucao_n06.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_resolucao_n06.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Sr. Charles Martins”</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_resolucao_n07.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_resolucao_n07.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Sr. Osnir Oliveira Ferreira”</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_resolucao_n08.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_resolucao_n08.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Dr. Arquimedes Marques da Silva ”</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_resolucao_n09.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_resolucao_n09.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito ao Dr. João Aliomar Parreira Malheiros”</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_resolucao_n10.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_resolucao_n10.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Irmã Maria Ida Malcon”</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_resolucao_n11.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_resolucao_n11.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Sr. Manoel Rodrigues Teixeira”</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_resolucao_n12.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_resolucao_n12.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Sra. Maria Ducarmo Dantas Sousa”</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_resolucao_n13.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_resolucao_n13.pdf</t>
   </si>
   <si>
     <t>“Concede Diploma de Honra ao Mérito a Professor Walter Pinho”</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_resolucao_n_14.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_resolucao_n_14.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Caculeense ao  Dr. Aloísio Lula Figueiredo”</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_resolucao_n_15.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_resolucao_n_15.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Caculeense ao Sr. Pedro Dias da Silva ”</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/83/projeto_de_resolucao_n16.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/83/projeto_de_resolucao_n16.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Caculeense ao  Dr. Jaime Souza Brito”</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/84/projeto_de_resolucao_n17.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/84/projeto_de_resolucao_n17.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadã Caculeense  a Sra. Olidânia Guanais de Aguiar Santos"</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/85/projeto_de_resolucao_n18.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/85/projeto_de_resolucao_n18.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Caculeense ao  Dr. Silvan de Paula”</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_resolucao_n19.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_resolucao_n19.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Caculeense ao Sr. Carlos Carrilho da Silva ”</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_resolucao_n20.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_resolucao_n20.pdf</t>
   </si>
   <si>
     <t>“Concede Título de Cidadão Caculeense ao  Sr. Leoni de Almeida Saraiva”</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Dispõe sobre a APROVAÇÃO, porém com RESSALVAS, das Contas da Prefeitura Municipal de Caculé relativas ao exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_n01_2022-legislativo.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_n01_2022-legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe de Revisão Geral Anual nos vencimentos dos servidores públicos do Poder Legislativo Municipal, nos termos do inciso X do art. 37 da CF/88, e dá outras providências.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/60/prjeto_de_lei__3-2022_legislativo.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/60/prjeto_de_lei__3-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre obrigatoriedade de personalização de adesivos em todos os veículos oficiais de serviços da administração publica do poder Executivo Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1141,68 +1141,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_01_de_25_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_n_02_de_25_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/53/projeto_de_lei_n03_de_30_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/54/projeto_de_lei_n_04_de_05_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_de_lei_n_07_de_23_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_lei_n10_de_20_de_agosto_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/62/projeto_de_lei_n__14_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_n_15_de_24_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/64/projeto_de_lei_no_18_de_novembro_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/162/indicacao_n_05.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_n_2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/149/indicacao_n03.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/150/indicacao_n_04.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_n_05.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/242/indicacao_n_06.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_n07.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_n_08.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/158/indicacao_n09.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/157/indicacao_n__10.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_n_05.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/244/indicacao_n_12.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_n_13.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/153/indicacao_n14.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/152/indicacao_n_15.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/164/indicacao_n_16.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/166/indicacao_n_17.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/167/indicacao_n18.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/246/indicacao_n_19.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/169/indicacao_n_20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/170/indicacao_n__21.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/171/indicacao_n__21.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/172/indicacao_n_23.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/173/indicacao_n_24.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/174/indicacao_n_25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/176/indicacao_n_27.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/177/indicacao_n_28.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/178/indicacao_n_29.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/179/indicacao_n_30.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/183/indicacao_n_31.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/184/indicacao_n_32.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_resolucao_n01.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/69/projeto_de_resolucao_n_02.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_resolucao_n_03.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_resolucao_n04.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_resolucao_n05.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_resolucao_n06.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_resolucao_n07.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_resolucao_n08.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_resolucao_n09.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_resolucao_n10.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_resolucao_n11.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_resolucao_n12.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_resolucao_n13.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_resolucao_n_14.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_resolucao_n_15.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/83/projeto_de_resolucao_n16.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/84/projeto_de_resolucao_n17.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/85/projeto_de_resolucao_n18.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_resolucao_n19.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_resolucao_n20.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_n01_2022-legislativo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/60/prjeto_de_lei__3-2022_legislativo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/49/projeto_de_lei_01_de_25_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/51/projeto_n_02_de_25_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/53/projeto_de_lei_n03_de_30_de_marco_de_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/54/projeto_de_lei_n_04_de_05_de_abril_de_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/56/projeto_de_lei_n_07_de_23_de_maio_de_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_lei_n10_de_20_de_agosto_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/62/projeto_de_lei_n__14_de_20_de_junho_de_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/63/projeto_de_lei_n_15_de_24_de_outubro_de_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/64/projeto_de_lei_no_18_de_novembro_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/162/indicacao_n_05.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/148/indicacao_n_2.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/149/indicacao_n03.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/150/indicacao_n_04.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_n_05.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/242/indicacao_n_06.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_n07.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_n_08.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/158/indicacao_n09.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/157/indicacao_n__10.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_n_05.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/244/indicacao_n_12.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_n_13.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/153/indicacao_n14.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/152/indicacao_n_15.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/164/indicacao_n_16.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/166/indicacao_n_17.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/167/indicacao_n18.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/246/indicacao_n_19.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/169/indicacao_n_20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/170/indicacao_n__21.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/171/indicacao_n__21.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/172/indicacao_n_23.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/173/indicacao_n_24.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/174/indicacao_n_25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/176/indicacao_n_27.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/177/indicacao_n_28.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/178/indicacao_n_29.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/179/indicacao_n_30.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/183/indicacao_n_31.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/184/indicacao_n_32.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/68/projeto_de_resolucao_n01.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/69/projeto_de_resolucao_n_02.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/70/projeto_de_resolucao_n_03.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/71/projeto_de_resolucao_n04.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/72/projeto_de_resolucao_n05.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/73/projeto_de_resolucao_n06.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/74/projeto_de_resolucao_n07.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/75/projeto_de_resolucao_n08.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/76/projeto_de_resolucao_n09.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/77/projeto_de_resolucao_n10.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/78/projeto_de_resolucao_n11.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/79/projeto_de_resolucao_n12.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/80/projeto_de_resolucao_n13.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/81/projeto_de_resolucao_n_14.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/82/projeto_de_resolucao_n_15.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/83/projeto_de_resolucao_n16.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/84/projeto_de_resolucao_n17.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/85/projeto_de_resolucao_n18.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/86/projeto_de_resolucao_n19.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_resolucao_n20.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/50/projeto_de_lei_n01_2022-legislativo.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2022/60/prjeto_de_lei__3-2022_legislativo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>