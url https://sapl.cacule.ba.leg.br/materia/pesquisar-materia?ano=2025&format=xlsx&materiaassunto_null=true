--- v0 (2025-12-11)
+++ v1 (2026-03-22)
@@ -54,848 +54,848 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Executivo Municipal - EX</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_01_-_2025_-_reajuste_professores.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_01_-_2025_-_reajuste_professores.pdf</t>
   </si>
   <si>
     <t>ALTERA O TEXTO DA LEI MUNICIPAL Nº. 313/2013 E A TABELA DE COMPOSIÇÃO SALARIAL DO ANEXO III DA LEI Nº. 475/2024 NO SENTIDO DE CONCEDER REAJUSTE DE VENCIMENTOS AOS OCUPANTES DE CARGOS DE MAGISTÉRIO PARA ADEQUAR AO PISO SALARIAL NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA, NOS TERMOS QUE PRECONIZA A PORTARIA N° 77, DE 29 DE JANEIRO DE 2025 – MEC.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/829/projeto_de_lei_n_02-2025_-ldo.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/829/projeto_de_lei_n_02-2025_-ldo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 02 DE 08 DE ABRIL DE 2025, QUE DISPÕE SOBRE A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2026 - LDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/831/projeto_de_lei_03_de_2025_-_prorroga_vigencia_pme.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/831/projeto_de_lei_03_de_2025_-_prorroga_vigencia_pme.pdf</t>
   </si>
   <si>
     <t>“Prorroga, até 31 de dezembro de 2025, a vigência do Plano Municipal de Educação deste Município e dá outras providências”.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/837/projeto_de_lei_04_de_2025_-_processo_seletivo_simplificado_-_educacao.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/837/projeto_de_lei_04_de_2025_-_processo_seletivo_simplificado_-_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de Processo Seletivo Simplificado para contratação temporária e formação de cadastro de reserva de Educador Social, Cuidador Escolar e Monitor de Transporte Escolar para atender à necessidade temporária de excepcional interesse público na Rede Municipal de Ensino de Caculé e dá outras providências</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_no_05_de_16_de_maio_2025-_declara_ultidade_publica_a_associacao_amor_no_espectro_e_na_dupla_excepcionalidade.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_no_05_de_16_de_maio_2025-_declara_ultidade_publica_a_associacao_amor_no_espectro_e_na_dupla_excepcionalidade.pdf</t>
   </si>
   <si>
     <t>“Declara utilidade pública à Associação Casa da Gestante São Luiz Gonzaga.”</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/841/projeto_de_lei_do_executivo_n_06-2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/841/projeto_de_lei_do_executivo_n_06-2025.pdf</t>
   </si>
   <si>
     <t>“Cria o Fórum Municipal de Educação (FME) de Caculé e dá outras providências”</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_07_de_2025_-_ensino_integral.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_07_de_2025_-_ensino_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre implantação implementação da Política Municipal de Educação em Tempo Integral e Educação Integral na rede pública municipal de educação de Caculé -BA e dá outras providências</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_no_08_de_10_de_julho_de_2025_-_incentivo_eja_-_assinado.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_no_08_de_10_de_julho_de_2025_-_incentivo_eja_-_assinado.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a prorrogação da concessão de Incentivo a Educação de Jovens e Adultos para erradicação do analfabetismo e formação dos jovens e adultos deste Município, autorizando ainda a concessão de incentivos financeiros para efetivação de matrícula, permanência, frequência, estudo e aprovação nas Escolas Municipais que ofertam vagas na modalidade de ensino da Educação de Jovens, Adultos e Idosos da Educação Básica criados pela Lei nº. 463/2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_lei_no_09_de_29_de_agosto_2025_-_dispoe_sobre_a_criacao_do_conselho_municipal_dos_direitos_da_mulher__cmdm_de_cacule_.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_lei_no_09_de_29_de_agosto_2025_-_dispoe_sobre_a_criacao_do_conselho_municipal_dos_direitos_da_mulher__cmdm_de_cacule_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação do Conselho Municipal dos Direitos da Mulher – CMDM, de Caculé"</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Pedro Dias da Silva</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_no_010-2025_-_ppa_2026-2029_3.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_no_010-2025_-_ppa_2026-2029_3.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que institui o PLANO PLURIANUAL DE CACULÉ, para o quadriênio 2026-2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_011-2025_loa-2026_1.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_011-2025_loa-2026_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei que "Estima a Receita e Fixa a Despesa do Orçamento para o exercício financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_no_12_de_11_de_setembro_o_2025_-_institui_o_programa_habitacional_minha_casa_minha_vida_no_municipio_de_cacule_-_as.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_no_12_de_11_de_setembro_o_2025_-_institui_o_programa_habitacional_minha_casa_minha_vida_no_municipio_de_cacule_-_as.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa Habitacional Minha Casa, Minha Vida no Município de Caculé, com base na Lei Federal nº 14.620/2023 e demais normativas, para atendimento à população de baixa renda por meio de construção, aquisição, requalificação ou reforma de moradias urbanas e rurais e dá outras providências”.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/872/projeto_de_lei_no_13_de_2025-_plano_municipal_de_saneamento.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/872/projeto_de_lei_no_13_de_2025-_plano_municipal_de_saneamento.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A POLÍTICA E O PLANO MUNICIPAL DE SANEAMENTO BÁSICO E DE GESTÃO INTEGRADA DE RESÍDUOS SÓLIDOS DO MUNICÍPIO CACULÉ E SEUS INSTRUMENTOS, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_14_de_2025_-_altera_codigo_tributario.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_14_de_2025_-_altera_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>“ALTERA A REDAÇÃO DO ART. 217 DA LEI MUNICIPAL 217 DE 02 DE DEZEMBRO DE 2005 QUE IMPLANTOU O CÓDIGO TRIBUTÁRIO MUNICIPAL E ACRESCENTA A ESTA MESMA LEI A TABELA DE RECEITA N° XIV REF. TFA INFRAÇÕES E TABELA DE RECEITA N° XV REF. TAXA DE USO E OCUPAÇÃO DO SOLO E POSTURAS MUNICIPAIS – TFUOSP E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>MANOEL INÁCIO</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/825/ind_n_1.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/825/ind_n_1.pdf</t>
   </si>
   <si>
     <t>Construção de Portal com Iluminação, melhora da pavimentação com via de mão dupla na Saída de Caculé para Lícinio de Almeida.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>DIEGO LUIZ GOMES LISBOA</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_02-2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de placas de sinalização de trânsito nos diversos cruzamentos sem sinalização da Rua Maria Amélia Alves Neves, no Município de Caculé — BA.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/824/ind_n_3.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/824/ind_n_3.pdf</t>
   </si>
   <si>
     <t>Solicita-se  a construção de redutores de velocidade na Rua Rosa Sena Brito, Bairro Copacabana.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>PAULO DIAS SILVA FILHO</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_04-2025_paulo_filho.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_04-2025_paulo_filho.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE REPAROS E MELHORIAS NA ÁREA DA LAGOA MANOEL CACULÉ.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>EDMILSON COUTINHO</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_05-2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_05-2025.pdf</t>
   </si>
   <si>
     <t>Construção de um Ginásio Poliesportivo na Rua Sinésio da Silva Prates, localizada ao lado do INSS.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_06-2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_06-2025.pdf</t>
   </si>
   <si>
     <t>Compra de quatro ônibus confortáveis para disponibilizar para os estudantes que fazem Nível Superior em outros municípios.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/876/ind07.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/876/ind07.pdf</t>
   </si>
   <si>
     <t>Nomeação do logradouro público situado no Bairro Lagoa de Cima, que se inicia na altura do nº 117 da Rua Rodrigo Ferreira Neves, para que ela possa se chamar, Miguel Ferreira Fernandes.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/877/ind08.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/877/ind08.pdf</t>
   </si>
   <si>
     <t>Nomeação do logradouro público situado no Bairro Lagoa de Cima, que se inicia na altura do nº 10 da Rua Rodrigo Ferreira Neves, para que ela possa se chamar, Agenor Fernandes Neves.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_resolucao_01.25.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_resolucao_01.25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DE FILIAÇÃO DA CÂMARA DE VEREADORES DO MUNICÍPIO DE CACULÉ/BA À UNIÃO DOS VEREADORES DO ALTO DO SERTÃO DA BAHIA - UNIVAS/BA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>JEOVANE COSTA</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/857/projeto_de_decreto_legislativo_n_01-2025_-_titulo_cidadao_caculeense_assinado.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/857/projeto_de_decreto_legislativo_n_01-2025_-_titulo_cidadao_caculeense_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de “Cidadão Honorário de Caculé” ao Sr. ÂNGELO MÁRIO CORONEL DE AZEVEDO MARTINS, (Senador Ângelo Coronel).</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>ALESSANDRO FIGUEIREDO</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/883/pl_de_decreto_legislativo_sra._maria_de_lourdes.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/883/pl_de_decreto_legislativo_sra._maria_de_lourdes.pdf</t>
   </si>
   <si>
     <t>Concede Título de “Cidadã Honorária de Caculé” a Sra. MARIA DE LOURDES IVO TAVARES.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/866/parecer_marcha.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/866/parecer_marcha.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PROJETO DE LEI LEGISLATIVO Nº 02/2025, aprovado em 18 de agosto de 2025, que “Institui o Calendário Oficial de Eventos do Município de Caculé-BA, a 'MARCHA PARA JESUS', e dá outras providências.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_honrosa.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_honrosa.pdf</t>
   </si>
   <si>
     <t>MOÇÃO HONROSA E PARABENIZAÇÃO AO TREINADOR LÉO SPARTA.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>PAULO HENRIQUE</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/820/img20250321_09522577_1_1.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/820/img20250321_09522577_1_1.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei nº 01 de 19 de fevereiro de 2025_x000D_
 ALTERA O TEXTO DA LEI MUNICIPAL Nº. 313/2013 E A TABELA DE COMPOSIÇÃO SALARIAL DO ANEXO III DA LEI Nº. 475/2024 NO SENTIDO DE CONCEDER REAJUSTE DE VENCIMENTOS AOS OCUPANTES DE CARGOS DE MAGISTÉRIO PARA ADEQUAR AO PISO SALARIAL NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA, NOS TERMOS QUE PRECONIZA A PORTARIA N° 77, DE 29 DE JANEIRO DE 2025 – MEC.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/858/img20250808_10234768.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/858/img20250808_10234768.pdf</t>
   </si>
   <si>
     <t>Modifica o caput do art. 1º do Projeto de Lei nº 02/2025, que “Institui no calendário oficial de eventos do Município de Caculé a ‘Marcha para Jesus’ e dá outras providências”.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/832/projeto_de_lei_legislativo_n_01-2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/832/projeto_de_lei_legislativo_n_01-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL NOS VENCIMENTOS DOS SERVIDORES PÚBLICO DO PODER LEGISLATIVO MUNICIPAL, NOS TERMOS DO INCISO X DO ART. 37 DA CF/88, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_ph.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_ph.pdf</t>
   </si>
   <si>
     <t>PL 02/2025_x000D_
 Institui no calendário Oficial de eventos do Município de Caculé-Ba a ‘’MARCHA PARA JESUS’’, e da outras providencias.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/862/img20250821_08542851.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/862/img20250821_08542851.pdf</t>
   </si>
   <si>
     <t>PL 03/2025_x000D_
 Autoriza o poder Executivo Municipal de Caculé a proceder ao recolhimento, abate e aproveitamento da carne de animais de médio e grande porte encontrados nas vias públicas, estabelece penalidades aos proprietários, e da outras providencias.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/878/pl04.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/878/pl04.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do uso das praças esportivas públicas no município de Caculé/BA, estabelecendo critérios, regras de conduta e penalidades, e dá outras providências.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata da sessão</t>
   </si>
   <si>
     <t>Controle Interno - CI</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/819/ata_1_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/819/ata_1_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 1ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/821/ata_2_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/821/ata_2_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 2ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/</t>
+    <t>http://sapl.cacule.ba.leg.br/media/</t>
   </si>
   <si>
     <t>ATA DA 3ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/826/ata_4_sessao_ordinaria_de_2025_1.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/826/ata_4_sessao_ordinaria_de_2025_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 4ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/827/ata_5_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/827/ata_5_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 5ª SESSÃO ORDINÁRIA DO PRIMEIRO _x000D_
 PERÍODO LEGISLATIVO DE 2025</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/828/ata_eletronica_da_n_06-2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/828/ata_eletronica_da_n_06-2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 6ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/833/ata_da_n_07-2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/833/ata_da_n_07-2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 7º SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/835/ata_eletronica_da_n_08-2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/835/ata_eletronica_da_n_08-2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 8ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/836/ata_da_9_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/836/ata_da_9_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 9ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/845/ata_da_10_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/845/ata_da_10_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 10ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/847/ata_da_11_sessao_ordinaria_de_2025_1.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/847/ata_da_11_sessao_ordinaria_de_2025_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 11ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/848/ata_da_12_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/848/ata_da_12_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 12ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/850/ata_da_13_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/850/ata_da_13_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 13ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/852/ata_da_14_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/852/ata_da_14_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 14ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/855/ata_da_15_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/855/ata_da_15_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 15ª SESSÃO ORDINÁRIA DO PRIMEIRO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/856/ata_da_16_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/856/ata_da_16_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 16ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>ATA DA 17ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/863/ata_da_18_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/863/ata_da_18_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 18ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/864/ata_da_19_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/864/ata_da_19_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 19ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/870/ata_da_20_sessao_ordinaria_de_2025_1.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/870/ata_da_20_sessao_ordinaria_de_2025_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 20ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/871/ata_da_21_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/871/ata_da_21_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 21ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/873/ata_da_22_sessao_ordinaria_de_2025_1.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/873/ata_da_22_sessao_ordinaria_de_2025_1.pdf</t>
   </si>
   <si>
     <t>ATA DA 22ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/875/20251006.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/875/20251006.pdf</t>
   </si>
   <si>
     <t>ATA DA 23a SESSÃO ORDINARIA DO SEGUNDO PERÍODO LEGISLATIV0 DE 2025.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/879/ata_sessao_24.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/879/ata_sessao_24.pdf</t>
   </si>
   <si>
     <t>ATA DA 24ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/880/ata_sessao_25.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/880/ata_sessao_25.pdf</t>
   </si>
   <si>
     <t>ATA DA 25 SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/881/ata_da_26_sessao_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/881/ata_da_26_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 26ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/884/ata_sessao_27.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/884/ata_sessao_27.pdf</t>
   </si>
   <si>
     <t>ATA DA 27ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/887/ata_sa_sessao_28_ordinaria..pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/887/ata_sa_sessao_28_ordinaria..pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 28ª Sessão Ordinária da 20ª Legislatura.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/889/ata_da_sessao_29_ordinaria_de_2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/889/ata_da_sessao_29_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 29ª SESSÃO ORDINÁRIA DO SEGUNDO PERÍODO LEGISLATIVO DE 2025.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/891/ata_da_sessao_30.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/891/ata_da_sessao_30.pdf</t>
   </si>
   <si>
     <t>ATA DA SESSÃO ORDINÁRIA DA 20° LEGISLATURA</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>PRC</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>COFC - COMISSÃO DE ORÇAMENTO, FINANÇAS E CONTAS</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/842/parecer_no_01-2025__ao_projeto_lei_no_04_de_09_de_maio_de_2025_que_-_pocesso_seletivo.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/842/parecer_no_01-2025__ao_projeto_lei_no_04_de_09_de_maio_de_2025_que_-_pocesso_seletivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de Processo Seletivo Simplificado para contratação temporária e formação de cadastro de reserva de Educador Social, Cuidador Escolar e Monitor de Transporte Escolar para atender à necessidade temporária de excepcional interesse público na Rede Municipal de Ensino de Caculé.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/843/parecer_no_02-2025_-_projeto_de_lei_02-2025_ldo.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/843/parecer_no_02-2025_-_projeto_de_lei_02-2025_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a elaboração da Lei de Diretrizes Orçamentárias – (LDO) de 2026 e dá outras providências</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>Assessoria  Jurídica - ASSJ</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/851/parecer_03-2025.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/851/parecer_03-2025.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Prefeito do exercício de 2023, nos termos do Parecer Prévio do Tribunal de Contas do Estado da Bahia nº PCO07575e24APR, de_x000D_
 16/04/2025, nos autos do Processo nº 07575e24.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>PACS</t>
   </si>
   <si>
     <t>Prestação Anual de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas dos Municípios da Bahia - TCM</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/846/07575e24.odt.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/846/07575e24.odt.pdf</t>
   </si>
   <si>
     <t>PARECER PRÉVIO DO TCM, OPINANDO PELA APROVAÇÃO, AS CONTAS DO PREFEITO MUNICIPAL DE CACULÉ, SR. PEDRO DIAS DA SILVA, REFERENTE AO EXERCÍCIO DE 2023</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>PORTARIA</t>
   </si>
   <si>
-    <t>https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/817/portaria_no_19-2025_comissoes.pdf</t>
+    <t>http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/817/portaria_no_19-2025_comissoes.pdf</t>
   </si>
   <si>
     <t>PORTARIA Nº 19, DE 10 DE MARÇO DE 2025. _x000D_
 _x000D_
 “Constitui as Comissões Permanentes da Câmara Municipal de Caculé, para as Sessões Legislativas de 2025-2026.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1204,68 +1204,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_01_-_2025_-_reajuste_professores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/829/projeto_de_lei_n_02-2025_-ldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/831/projeto_de_lei_03_de_2025_-_prorroga_vigencia_pme.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/837/projeto_de_lei_04_de_2025_-_processo_seletivo_simplificado_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_no_05_de_16_de_maio_2025-_declara_ultidade_publica_a_associacao_amor_no_espectro_e_na_dupla_excepcionalidade.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/841/projeto_de_lei_do_executivo_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_07_de_2025_-_ensino_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_no_08_de_10_de_julho_de_2025_-_incentivo_eja_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_lei_no_09_de_29_de_agosto_2025_-_dispoe_sobre_a_criacao_do_conselho_municipal_dos_direitos_da_mulher__cmdm_de_cacule_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_no_010-2025_-_ppa_2026-2029_3.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_011-2025_loa-2026_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_no_12_de_11_de_setembro_o_2025_-_institui_o_programa_habitacional_minha_casa_minha_vida_no_municipio_de_cacule_-_as.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/872/projeto_de_lei_no_13_de_2025-_plano_municipal_de_saneamento.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_14_de_2025_-_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/825/ind_n_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/824/ind_n_3.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_04-2025_paulo_filho.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/876/ind07.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/877/ind08.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_resolucao_01.25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/857/projeto_de_decreto_legislativo_n_01-2025_-_titulo_cidadao_caculeense_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/883/pl_de_decreto_legislativo_sra._maria_de_lourdes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/866/parecer_marcha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_honrosa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/820/img20250321_09522577_1_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/858/img20250808_10234768.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/832/projeto_de_lei_legislativo_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_ph.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/862/img20250821_08542851.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/878/pl04.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/819/ata_1_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/821/ata_2_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/826/ata_4_sessao_ordinaria_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/827/ata_5_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/828/ata_eletronica_da_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/833/ata_da_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/835/ata_eletronica_da_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/836/ata_da_9_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/845/ata_da_10_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/847/ata_da_11_sessao_ordinaria_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/848/ata_da_12_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/850/ata_da_13_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/852/ata_da_14_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/855/ata_da_15_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/856/ata_da_16_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/863/ata_da_18_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/864/ata_da_19_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/870/ata_da_20_sessao_ordinaria_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/871/ata_da_21_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/873/ata_da_22_sessao_ordinaria_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/875/20251006.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/879/ata_sessao_24.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/880/ata_sessao_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/881/ata_da_26_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/884/ata_sessao_27.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/887/ata_sa_sessao_28_ordinaria..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/889/ata_da_sessao_29_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/891/ata_da_sessao_30.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/842/parecer_no_01-2025__ao_projeto_lei_no_04_de_09_de_maio_de_2025_que_-_pocesso_seletivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/843/parecer_no_02-2025_-_projeto_de_lei_02-2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/851/parecer_03-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/846/07575e24.odt.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/817/portaria_no_19-2025_comissoes.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/818/projeto_de_lei_01_-_2025_-_reajuste_professores.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/829/projeto_de_lei_n_02-2025_-ldo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/831/projeto_de_lei_03_de_2025_-_prorroga_vigencia_pme.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/837/projeto_de_lei_04_de_2025_-_processo_seletivo_simplificado_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/840/projeto_de_lei_no_05_de_16_de_maio_2025-_declara_ultidade_publica_a_associacao_amor_no_espectro_e_na_dupla_excepcionalidade.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/841/projeto_de_lei_do_executivo_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/849/projeto_de_lei_07_de_2025_-_ensino_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/853/projeto_de_lei_no_08_de_10_de_julho_de_2025_-_incentivo_eja_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/865/projeto_de_lei_no_09_de_29_de_agosto_2025_-_dispoe_sobre_a_criacao_do_conselho_municipal_dos_direitos_da_mulher__cmdm_de_cacule_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/867/projeto_de_lei_no_010-2025_-_ppa_2026-2029_3.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/868/projeto_de_lei_011-2025_loa-2026_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/869/projeto_de_lei_no_12_de_11_de_setembro_o_2025_-_institui_o_programa_habitacional_minha_casa_minha_vida_no_municipio_de_cacule_-_as.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/872/projeto_de_lei_no_13_de_2025-_plano_municipal_de_saneamento.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/886/projeto_de_lei_14_de_2025_-_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/825/ind_n_1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/822/indicacao_n_02-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/824/ind_n_3.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/834/indicacao_n_04-2025_paulo_filho.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/876/ind07.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/877/ind08.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/890/projeto_resolucao_01.25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/857/projeto_de_decreto_legislativo_n_01-2025_-_titulo_cidadao_caculeense_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/883/pl_de_decreto_legislativo_sra._maria_de_lourdes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/866/parecer_marcha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/888/mocao_honrosa.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/820/img20250321_09522577_1_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/858/img20250808_10234768.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/832/projeto_de_lei_legislativo_n_01-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/854/projeto_ph.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/862/img20250821_08542851.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/878/pl04.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/819/ata_1_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/821/ata_2_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/826/ata_4_sessao_ordinaria_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/827/ata_5_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/828/ata_eletronica_da_n_06-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/833/ata_da_n_07-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/835/ata_eletronica_da_n_08-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/836/ata_da_9_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/845/ata_da_10_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/847/ata_da_11_sessao_ordinaria_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/848/ata_da_12_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/850/ata_da_13_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/852/ata_da_14_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/855/ata_da_15_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/856/ata_da_16_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/863/ata_da_18_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/864/ata_da_19_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/870/ata_da_20_sessao_ordinaria_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/871/ata_da_21_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/873/ata_da_22_sessao_ordinaria_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/875/20251006.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/879/ata_sessao_24.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/880/ata_sessao_25.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/881/ata_da_26_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/884/ata_sessao_27.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/887/ata_sa_sessao_28_ordinaria..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/889/ata_da_sessao_29_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/891/ata_da_sessao_30.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/842/parecer_no_01-2025__ao_projeto_lei_no_04_de_09_de_maio_de_2025_que_-_pocesso_seletivo.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/843/parecer_no_02-2025_-_projeto_de_lei_02-2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/851/parecer_03-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/846/07575e24.odt.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cacule.ba.leg.br/media/sapl/public/materialegislativa/2025/817/portaria_no_19-2025_comissoes.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="50.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="201.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="200.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>